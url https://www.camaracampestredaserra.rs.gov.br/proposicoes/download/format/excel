--- v0 (2025-11-11)
+++ v1 (2025-12-26)
@@ -12,341 +12,331 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Apresentação</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Arquivos</t>
   </si>
   <si>
+    <t>Projeto de Lei Nº 1340/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>APROVADO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1340/2025
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1339/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1339/2025
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1338/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>EM TRAMITAçãO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1338/2025
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1337/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1337/2025
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1336/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1336/2025
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1335/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1335/2025
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1334/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1334/2025
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1333/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1333/2025
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1332/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Inteiro Teor
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1331/2025</t>
+  </si>
+  <si>
+    <t>10/12/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1331/2025
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1330/2025</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1330/2025
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1329/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1329/2025
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1328/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1328/2025
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1327/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1327/2025
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1326/2025</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1326/2025
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1325/2025</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1325/2025
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1324/2025</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1324/2025
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1323/2025</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1323/2025
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1322/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1322/2025
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1321/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1321/2025
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
     <t>Projeto de Lei Nº 1320/2025</t>
   </si>
   <si>
     <t>23/10/2025</t>
   </si>
   <si>
-    <t>APROVADO</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Projeto de Lei Nº 1320/2025
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1319/2025</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1319/2025
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1318/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1318/2025
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1317/2025</t>
   </si>
   <si>
     <t>23/09/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1317/2025
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1316/2025</t>
   </si>
   <si>
     <t>11/09/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1316/2025
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
-</t>
-[...218 lines deleted...]
-PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
@@ -655,428 +645,428 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/671298/images/original/PARECER 1.320 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/671278/images/original/PARECER 1.319 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/671275/images/original/PARECER 1.318 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/656747/images/original/PARECER 1.317 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/647766/images/original/PARECER 1.316 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/647769/images/original/PARECER 1.315 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/647772/images/original/PARECER RESOLU&#199;&#195;O 7 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/647786/images/original/PARECER RESOLU&#199;&#195;O 6 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/629624/images/original/PARECER 1.314 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/629626/images/original/PARECER 1.313 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/629628/images/original/PARECER 1.312 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/621319/images/original/PARECER 1.311 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/621317/images/original/PARECER 1.310 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/613898/images/original/PARECER 1.309 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/613895/images/original/PARECER 1.308 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/608795/images/original/PARECER 1.307 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/608793/images/original/PARECER 1.306 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/629630/images/original/PARECER 1.305 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/608791/images/original/PARECER 1.304 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/596344/images/original/PARECER 1.303 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/596342/images/original/PARECER 1.302 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/596340/images/original/PARECER 1.301 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/596346/images/original/PARECER RESOLU&#199;&#195;O 5 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/596338/images/original/PARECER 1.300 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/596336/images/original/PARECER 1.299 CCJ.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707929/images/original/PARECER 1.340 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707927/images/original/PARECER 1.339 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707925/images/original/PARECER 1.338 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707923/images/original/PARECER 1.337 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707921/images/original/PARECER 1.336 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707918/images/original/PARECER 1.335 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707913/images/original/PARECER 1.334 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707911/images/original/PARECER 1.333 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707909/images/original/PARECER 1.332 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/703840/images/original/PARECER 1.331 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698233/images/original/PARECER 1.330 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698225/images/original/PARECER 1.329 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698221/images/original/PARECER 1.328 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698218/images/original/PARECER 1.327 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698216/images/original/PARECER 1.326 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698214/images/original/PARECER 1.325 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698212/images/original/PARECER 1.324 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681148/images/original/PARECER 1.323 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681146/images/original/PARECER 1.322 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681144/images/original/PARECER 1.321 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/671298/images/original/PARECER 1.320 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/671278/images/original/PARECER 1.319 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/671275/images/original/PARECER 1.318 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/656747/images/original/PARECER 1.317 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/647766/images/original/PARECER 1.316 COF.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D26" sqref="D26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>6</v>
+      </c>
+      <c r="D6" s="1" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" t="s">
+        <v>6</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C10" t="s">
         <v>6</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" t="s">
+        <v>31</v>
+      </c>
+      <c r="C12" t="s">
+        <v>6</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>32</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" t="s">
+        <v>6</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="C15" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" t="s">
+        <v>6</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>6</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B19" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" t="s">
+        <v>6</v>
+      </c>
+      <c r="D19" s="1" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B20" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>6</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="C21" t="s">
         <v>6</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B22" t="s">
+        <v>56</v>
+      </c>
+      <c r="C22" t="s">
+        <v>6</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B24" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B25" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B26" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
         <v>6</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_21"/>