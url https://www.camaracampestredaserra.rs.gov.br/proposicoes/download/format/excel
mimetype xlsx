--- v1 (2025-12-26)
+++ v2 (2026-02-14)
@@ -26,59 +26,114 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Apresentação</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Arquivos</t>
   </si>
   <si>
+    <t>Projeto de Lei Nº 1344/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1344/2026
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1343/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>APROVADO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1343/2026
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução Nº 001/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Resolução Nº 001/2026
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1342/2026</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1342/2026
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1341/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1341/2026
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
     <t>Projeto de Lei Nº 1340/2025</t>
   </si>
   <si>
     <t>17/12/2025</t>
   </si>
   <si>
-    <t>APROVADO</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Projeto de Lei Nº 1340/2025
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1339/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1339/2025
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1338/2025</t>
   </si>
   <si>
     <t>16/12/2025</t>
   </si>
   <si>
     <t>EM TRAMITAçãO</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1338/2025
@@ -236,107 +291,50 @@
   <si>
     <t>13/11/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1323/2025
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1322/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1322/2025
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1321/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1321/2025
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
-</t>
-[...55 lines deleted...]
-PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
@@ -645,425 +643,422 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707929/images/original/PARECER 1.340 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707927/images/original/PARECER 1.339 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707925/images/original/PARECER 1.338 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707923/images/original/PARECER 1.337 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707921/images/original/PARECER 1.336 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707918/images/original/PARECER 1.335 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707913/images/original/PARECER 1.334 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707911/images/original/PARECER 1.333 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707909/images/original/PARECER 1.332 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/703840/images/original/PARECER 1.331 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698233/images/original/PARECER 1.330 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698225/images/original/PARECER 1.329 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698221/images/original/PARECER 1.328 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698218/images/original/PARECER 1.327 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698216/images/original/PARECER 1.326 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698214/images/original/PARECER 1.325 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698212/images/original/PARECER 1.324 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681148/images/original/PARECER 1.323 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681146/images/original/PARECER 1.322 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681144/images/original/PARECER 1.321 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/671298/images/original/PARECER 1.320 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/671278/images/original/PARECER 1.319 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/671275/images/original/PARECER 1.318 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/656747/images/original/PARECER 1.317 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/647766/images/original/PARECER 1.316 COF.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/731137/images/original/1.344.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/730614/images/original/1.343.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/727222/images/original/P. RESOLU&#199;&#195;O 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/727219/images/original/1.342.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/727216/images/original/1.341.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707929/images/original/PARECER 1.340 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707927/images/original/PARECER 1.339 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707925/images/original/PARECER 1.338 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707923/images/original/PARECER 1.337 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707921/images/original/PARECER 1.336 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707918/images/original/PARECER 1.335 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707913/images/original/PARECER 1.334 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707911/images/original/PARECER 1.333 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707909/images/original/PARECER 1.332 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/703840/images/original/PARECER 1.331 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698233/images/original/PARECER 1.330 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698225/images/original/PARECER 1.329 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698221/images/original/PARECER 1.328 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698218/images/original/PARECER 1.327 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698216/images/original/PARECER 1.326 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698214/images/original/PARECER 1.325 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698212/images/original/PARECER 1.324 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681148/images/original/PARECER 1.323 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681146/images/original/PARECER 1.322 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681144/images/original/PARECER 1.321 CCJ.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D26" sqref="D26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" s="1" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C11" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="C12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="C13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="C14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" t="s">
         <v>45</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>51</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C20" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>53</v>
       </c>
       <c r="B21" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C21" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25" t="s">
         <v>63</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C26" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_18"/>