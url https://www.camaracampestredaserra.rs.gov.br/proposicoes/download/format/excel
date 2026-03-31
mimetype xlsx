--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -12,83 +12,152 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Apresentação</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Arquivos</t>
   </si>
   <si>
+    <t>Projeto de Lei Nº 1348/2026</t>
+  </si>
+  <si>
+    <t>24/03/2026</t>
+  </si>
+  <si>
+    <t>APROVADO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1348/2026
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução Nº 002/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Resolução Nº 002/2026
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 016/2026</t>
+  </si>
+  <si>
+    <t>23/03/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 016/2026
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1347/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1347/2026
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1346/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1346/2026
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Nº 1345/2026</t>
+  </si>
+  <si>
+    <t>18/02/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projeto de Lei Nº 1345/2026
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+</t>
+  </si>
+  <si>
     <t>Projeto de Lei Nº 1344/2026</t>
   </si>
   <si>
     <t>12/02/2026</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1344/2026
+PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
+PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1343/2026</t>
   </si>
   <si>
     <t>10/02/2026</t>
   </si>
   <si>
-    <t>APROVADO</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Projeto de Lei Nº 1343/2026
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 </t>
   </si>
   <si>
     <t>Projeto de Resolução Nº 001/2026</t>
   </si>
   <si>
     <t>29/01/2026</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Resolução Nº 001/2026
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1342/2026</t>
   </si>
   <si>
     <t>27/01/2026</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1342/2026
@@ -223,116 +292,50 @@
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1329/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1329/2025
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1328/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1328/2025
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 </t>
   </si>
   <si>
     <t>Projeto de Lei Nº 1327/2025</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Nº 1327/2025
-PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
-[...64 lines deleted...]
-    <t xml:space="preserve">Projeto de Lei Nº 1321/2025
 PARECER COMISSÃO DE ORÇAMENTO E FINANÇAS.
 PARECER COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA.
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
@@ -643,425 +646,425 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/731137/images/original/1.344.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/730614/images/original/1.343.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/727222/images/original/P. RESOLU&#199;&#195;O 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/727219/images/original/1.342.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/727216/images/original/1.341.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707929/images/original/PARECER 1.340 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707927/images/original/PARECER 1.339 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707925/images/original/PARECER 1.338 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707923/images/original/PARECER 1.337 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707921/images/original/PARECER 1.336 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707918/images/original/PARECER 1.335 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707913/images/original/PARECER 1.334 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707911/images/original/PARECER 1.333 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707909/images/original/PARECER 1.332 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/703840/images/original/PARECER 1.331 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698233/images/original/PARECER 1.330 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698225/images/original/PARECER 1.329 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698221/images/original/PARECER 1.328 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698218/images/original/PARECER 1.327 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698216/images/original/PARECER 1.326 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698214/images/original/PARECER 1.325 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698212/images/original/PARECER 1.324 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681148/images/original/PARECER 1.323 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681146/images/original/PARECER 1.322 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/681144/images/original/PARECER 1.321 CCJ.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/754067/images/original/1.348.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/754065/images/original/P. RESOLU&#199;&#195;O 2.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/753115/images/original/PROJETO DE LEI 16- JO&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/735138/images/original/1.347.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/735136/images/original/1.346.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/735134/images/original/1.345.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/735132/images/original/1.344.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/730614/images/original/1.343.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/727222/images/original/P. RESOLU&#199;&#195;O 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/727219/images/original/1.342.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/727216/images/original/1.341.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707929/images/original/PARECER 1.340 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707927/images/original/PARECER 1.339 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707925/images/original/PARECER 1.338 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707923/images/original/PARECER 1.337 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707921/images/original/PARECER 1.336 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707918/images/original/PARECER 1.335 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707913/images/original/PARECER 1.334 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707911/images/original/PARECER 1.333 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/707909/images/original/PARECER 1.332 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/703840/images/original/PARECER 1.331 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698233/images/original/PARECER 1.330 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698225/images/original/PARECER 1.329 CCJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698221/images/original/PARECER 1.328 COF.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/698218/images/original/PARECER 1.327 CCJ.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D26" sqref="D26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
+      <c r="C2" t="s">
+        <v>6</v>
+      </c>
       <c r="D2" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" s="1" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" s="1" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" t="s">
         <v>14</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="1" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
         <v>17</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" t="s">
         <v>32</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B13" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B14" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" t="s">
         <v>62</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B26" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C26" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_21"/>