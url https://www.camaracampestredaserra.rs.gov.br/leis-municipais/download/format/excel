--- v0 (2025-10-19)
+++ v1 (2025-12-22)
@@ -20,56 +20,62 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Lei</t>
   </si>
   <si>
     <t>Arquivo</t>
   </si>
   <si>
+    <t>[27-11-2025] - Decreto Legislativo 12/2025</t>
+  </si>
+  <si>
+    <t>Download</t>
+  </si>
+  <si>
+    <t>[06-11-2025] - Decreto Legislativo 11/2025</t>
+  </si>
+  <si>
     <t>[10-10-2025] - Emenda Lei Orgânica 2/2025</t>
   </si>
   <si>
-    <t>Download</t>
-[...1 lines deleted...]
-  <si>
     <t>[07-10-2025] - Decreto Legislativo 10/2025</t>
   </si>
   <si>
     <t>[22-09-2025] - Decreto Legislativo 9/2025</t>
   </si>
   <si>
     <t>[22-09-2025] - Resolução 7/2025</t>
   </si>
   <si>
     <t>[22-09-2025] - Resolução 6/2025</t>
   </si>
   <si>
     <t>[04-09-2025] - Decreto Legislativo 8/2025</t>
   </si>
   <si>
     <t>[11-07-2025] - Decreto Legislativo 7/2025</t>
   </si>
   <si>
     <t>[11-07-2025] - Decreto Legislativo 6/2025</t>
   </si>
   <si>
     <t>[11-07-2025] - Decreto Legislativo 5/2025</t>
   </si>
   <si>
     <t>[04-07-2025] - Decreto Legislativo 4/2025</t>
@@ -90,56 +96,50 @@
     <t>[14-02-2025] - Resolução 3/2025</t>
   </si>
   <si>
     <t>[14-02-2025] - Decreto Legislativo 1/2025</t>
   </si>
   <si>
     <t>[12-02-2025] - Resolução 2/2025</t>
   </si>
   <si>
     <t>[11-02-2025] - Resolução 1/2025</t>
   </si>
   <si>
     <t>[11-12-2024] - Decreto Legislativo 25/2024</t>
   </si>
   <si>
     <t>[29-08-2024] - Decreto Legislativo 24/2024</t>
   </si>
   <si>
     <t>[12-07-2024] - Resolução 8/2024</t>
   </si>
   <si>
     <t>[28-06-2024] - Decreto Legislativo 23/2024</t>
   </si>
   <si>
     <t>[28-06-2024] - Resolução 7/2024</t>
-  </si>
-[...4 lines deleted...]
-    <t>[14-06-2024] - Decreto Legislativo 22/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -445,51 +445,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/667470/images/original/EMENDA &#193; LEI ORG&#194;NICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/663667/images/original/DECRETO 10 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653443/images/original/DECRETO 9 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653454/images/original/RESOLU&#199;&#195;O 7 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653446/images/original/RESOLU&#199;&#195;O 6 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/636324/images/original/DECRETO 8 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627616/images/original/DECRETO 7 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627615/images/original/DECRETO 6 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627614/images/original/DECRETO 5 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/607735/images/original/DECRETO 4 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/598557/images/original/RESOLU&#199;&#195;O 5 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/548672/images/original/RESOLU&#199;&#195;O 4 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/542917/images/original/DECRETO 3 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/534202/images/original/DECRETO 002.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/527340/images/original/RESOLU&#199;&#195;O 3 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/542915/images/original/DECRETO 1 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/527338/images/original/RESOLU&#199;&#195;O 2 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/521897/images/original/RESOLU&#199;&#195;O 1 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/512698/images/original/DECRETO 25 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/483146/images/original/DECRETO 24 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/466659/images/original/RESOLU&#199;&#195;O 008.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/470734/images/original/DECRETO 23 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/462337/images/original/RESOLU&#199;&#195;O 007.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/462335/images/original/RESOLU&#199;&#195;O 006.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/457829/images/original/Decreto do Legislativo 22.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/701296/images/original/DECRETO 12 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/678481/images/original/DECRETO 11 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/667470/images/original/EMENDA &#193; LEI ORG&#194;NICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/663667/images/original/DECRETO 10 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653443/images/original/DECRETO 9 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653454/images/original/RESOLU&#199;&#195;O 7 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653446/images/original/RESOLU&#199;&#195;O 6 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/636324/images/original/DECRETO 8 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627616/images/original/DECRETO 7 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627615/images/original/DECRETO 6 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627614/images/original/DECRETO 5 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/607735/images/original/DECRETO 4 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/598557/images/original/RESOLU&#199;&#195;O 5 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/548672/images/original/RESOLU&#199;&#195;O 4 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/542917/images/original/DECRETO 3 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/534202/images/original/DECRETO 002.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/527340/images/original/RESOLU&#199;&#195;O 3 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/542915/images/original/DECRETO 1 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/527338/images/original/RESOLU&#199;&#195;O 2 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/521897/images/original/RESOLU&#199;&#195;O 1 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/512698/images/original/DECRETO 25 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/483146/images/original/DECRETO 24 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/466659/images/original/RESOLU&#199;&#195;O 008.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/470734/images/original/DECRETO 23 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/462337/images/original/RESOLU&#199;&#195;O 007.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B26" sqref="B26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">