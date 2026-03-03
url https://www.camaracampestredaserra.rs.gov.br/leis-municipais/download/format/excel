--- v1 (2025-12-22)
+++ v2 (2026-03-03)
@@ -20,56 +20,59 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Lei</t>
   </si>
   <si>
     <t>Arquivo</t>
   </si>
   <si>
+    <t>[11-02-2026] - Resolução 1/2026</t>
+  </si>
+  <si>
+    <t>Download</t>
+  </si>
+  <si>
     <t>[27-11-2025] - Decreto Legislativo 12/2025</t>
   </si>
   <si>
-    <t>Download</t>
-[...1 lines deleted...]
-  <si>
     <t>[06-11-2025] - Decreto Legislativo 11/2025</t>
   </si>
   <si>
     <t>[10-10-2025] - Emenda Lei Orgânica 2/2025</t>
   </si>
   <si>
     <t>[07-10-2025] - Decreto Legislativo 10/2025</t>
   </si>
   <si>
     <t>[22-09-2025] - Decreto Legislativo 9/2025</t>
   </si>
   <si>
     <t>[22-09-2025] - Resolução 7/2025</t>
   </si>
   <si>
     <t>[22-09-2025] - Resolução 6/2025</t>
   </si>
   <si>
     <t>[04-09-2025] - Decreto Legislativo 8/2025</t>
   </si>
   <si>
     <t>[11-07-2025] - Decreto Legislativo 7/2025</t>
   </si>
   <si>
     <t>[11-07-2025] - Decreto Legislativo 6/2025</t>
@@ -93,53 +96,50 @@
     <t>[17-02-2025] - Decreto Legislativo 2/2025</t>
   </si>
   <si>
     <t>[14-02-2025] - Resolução 3/2025</t>
   </si>
   <si>
     <t>[14-02-2025] - Decreto Legislativo 1/2025</t>
   </si>
   <si>
     <t>[12-02-2025] - Resolução 2/2025</t>
   </si>
   <si>
     <t>[11-02-2025] - Resolução 1/2025</t>
   </si>
   <si>
     <t>[11-12-2024] - Decreto Legislativo 25/2024</t>
   </si>
   <si>
     <t>[29-08-2024] - Decreto Legislativo 24/2024</t>
   </si>
   <si>
     <t>[12-07-2024] - Resolução 8/2024</t>
   </si>
   <si>
     <t>[28-06-2024] - Decreto Legislativo 23/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>[28-06-2024] - Resolução 7/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -445,51 +445,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/701296/images/original/DECRETO 12 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/678481/images/original/DECRETO 11 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/667470/images/original/EMENDA &#193; LEI ORG&#194;NICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/663667/images/original/DECRETO 10 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653443/images/original/DECRETO 9 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653454/images/original/RESOLU&#199;&#195;O 7 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653446/images/original/RESOLU&#199;&#195;O 6 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/636324/images/original/DECRETO 8 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627616/images/original/DECRETO 7 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627615/images/original/DECRETO 6 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627614/images/original/DECRETO 5 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/607735/images/original/DECRETO 4 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/598557/images/original/RESOLU&#199;&#195;O 5 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/548672/images/original/RESOLU&#199;&#195;O 4 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/542917/images/original/DECRETO 3 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/534202/images/original/DECRETO 002.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/527340/images/original/RESOLU&#199;&#195;O 3 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/542915/images/original/DECRETO 1 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/527338/images/original/RESOLU&#199;&#195;O 2 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/521897/images/original/RESOLU&#199;&#195;O 1 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/512698/images/original/DECRETO 25 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/483146/images/original/DECRETO 24 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/466659/images/original/RESOLU&#199;&#195;O 008.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/470734/images/original/DECRETO 23 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/462337/images/original/RESOLU&#199;&#195;O 007.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/730790/images/original/RESOLU&#199;&#195;O 1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/701296/images/original/DECRETO 12 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/678481/images/original/DECRETO 11 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/667470/images/original/EMENDA &#193; LEI ORG&#194;NICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/663667/images/original/DECRETO 10 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653443/images/original/DECRETO 9 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653454/images/original/RESOLU&#199;&#195;O 7 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/653446/images/original/RESOLU&#199;&#195;O 6 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/636324/images/original/DECRETO 8 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627616/images/original/DECRETO 7 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627615/images/original/DECRETO 6 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/627614/images/original/DECRETO 5 DE 2025- RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/607735/images/original/DECRETO 4 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/598557/images/original/RESOLU&#199;&#195;O 5 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/548672/images/original/RESOLU&#199;&#195;O 4 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/542917/images/original/DECRETO 3 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/534202/images/original/DECRETO 002.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/527340/images/original/RESOLU&#199;&#195;O 3 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/542915/images/original/DECRETO 1 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/527338/images/original/RESOLU&#199;&#195;O 2 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/521897/images/original/RESOLU&#199;&#195;O 1 DE 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/512698/images/original/DECRETO 25 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/483146/images/original/DECRETO 24 DE 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/466659/images/original/RESOLU&#199;&#195;O 008.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/4/DocumentAssets/470734/images/original/DECRETO 23 DE 2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B26" sqref="B26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">